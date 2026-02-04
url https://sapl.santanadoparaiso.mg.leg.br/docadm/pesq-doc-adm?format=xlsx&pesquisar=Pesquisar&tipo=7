--- v0 (2025-10-07)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5514" uniqueCount="1379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5706" uniqueCount="1423">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
@@ -4147,50 +4147,182 @@
     <t>922</t>
   </si>
   <si>
     <t>"Declara ponto facultativo no âmbito do Poder Legislativo".</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>"Dispõe sobre nomeação de Comissões Especiais no âmbito da Câmara Municipal de Santana do Paraíso - MG"</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre nomeação de Comissão Especial no âmbito da Câmara Municipal de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>"Nomeia Comissão de Progressão Horizontal para avaliação dos servidores públicos"</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>"Designa servidor como responsável pela adesão da Câmara Municipal de Santana do Paraíso à Rede Nacional de Ouvidorias"</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre realização de Concurso Público no âmbito do Poder Legislativo"</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a estabilidade de servidor público do Poder Legislativo"</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>"Nomeia servidor como responsável pela ouvidoria da Câmara Municipal de Santana do Paraíso e determina outras providências."</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a readaptação funcional de servidora pública do quadro de pessoal do Poder Legislativo, conforme previsão do art.25 da Lei Municipal nº 230/2002 - Estatuto do Servidor Público Municipal."</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>"Declara ponto facultativo nas repartições da Câmara Municipal de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre gozo de férias de servidora pública"</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre de férias de servidor público"</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>"Nomeia servidor público como titular de Controle Interno da Câmara Municipal de Santana do Paraíso, no exercício de 2026."</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>957</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -4482,51 +4614,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F919"/>
+  <dimension ref="A1:F951"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="221.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -22874,50 +23006,690 @@
       <c r="E918" t="s">
         <v>10</v>
       </c>
       <c r="F918" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" t="s">
         <v>1377</v>
       </c>
       <c r="B919" t="s">
         <v>1332</v>
       </c>
       <c r="C919" t="s">
         <v>380</v>
       </c>
       <c r="D919" t="s">
         <v>9</v>
       </c>
       <c r="E919" t="s">
         <v>10</v>
       </c>
       <c r="F919" t="s">
         <v>1378</v>
+      </c>
+    </row>
+    <row r="920" spans="1:6">
+      <c r="A920" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C920" t="s">
+        <v>382</v>
+      </c>
+      <c r="D920" t="s">
+        <v>9</v>
+      </c>
+      <c r="E920" t="s">
+        <v>10</v>
+      </c>
+      <c r="F920" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="921" spans="1:6">
+      <c r="A921" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C921" t="s">
+        <v>429</v>
+      </c>
+      <c r="D921" t="s">
+        <v>9</v>
+      </c>
+      <c r="E921" t="s">
+        <v>10</v>
+      </c>
+      <c r="F921" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="922" spans="1:6">
+      <c r="A922" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B922" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C922" t="s">
+        <v>431</v>
+      </c>
+      <c r="D922" t="s">
+        <v>9</v>
+      </c>
+      <c r="E922" t="s">
+        <v>10</v>
+      </c>
+      <c r="F922" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="923" spans="1:6">
+      <c r="A923" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C923" t="s">
+        <v>433</v>
+      </c>
+      <c r="D923" t="s">
+        <v>9</v>
+      </c>
+      <c r="E923" t="s">
+        <v>10</v>
+      </c>
+      <c r="F923" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="924" spans="1:6">
+      <c r="A924" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B924" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C924" t="s">
+        <v>435</v>
+      </c>
+      <c r="D924" t="s">
+        <v>9</v>
+      </c>
+      <c r="E924" t="s">
+        <v>10</v>
+      </c>
+      <c r="F924" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="925" spans="1:6">
+      <c r="A925" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C925" t="s">
+        <v>437</v>
+      </c>
+      <c r="D925" t="s">
+        <v>9</v>
+      </c>
+      <c r="E925" t="s">
+        <v>10</v>
+      </c>
+      <c r="F925" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="926" spans="1:6">
+      <c r="A926" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B926" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C926" t="s">
+        <v>440</v>
+      </c>
+      <c r="D926" t="s">
+        <v>9</v>
+      </c>
+      <c r="E926" t="s">
+        <v>10</v>
+      </c>
+      <c r="F926" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="927" spans="1:6">
+      <c r="A927" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B927" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C927" t="s">
+        <v>442</v>
+      </c>
+      <c r="D927" t="s">
+        <v>9</v>
+      </c>
+      <c r="E927" t="s">
+        <v>10</v>
+      </c>
+      <c r="F927" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="928" spans="1:6">
+      <c r="A928" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B928" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C928" t="s">
+        <v>445</v>
+      </c>
+      <c r="D928" t="s">
+        <v>9</v>
+      </c>
+      <c r="E928" t="s">
+        <v>10</v>
+      </c>
+      <c r="F928" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="929" spans="1:6">
+      <c r="A929" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B929" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C929" t="s">
+        <v>447</v>
+      </c>
+      <c r="D929" t="s">
+        <v>9</v>
+      </c>
+      <c r="E929" t="s">
+        <v>10</v>
+      </c>
+      <c r="F929" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="930" spans="1:6">
+      <c r="A930" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B930" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C930" t="s">
+        <v>450</v>
+      </c>
+      <c r="D930" t="s">
+        <v>9</v>
+      </c>
+      <c r="E930" t="s">
+        <v>10</v>
+      </c>
+      <c r="F930" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="931" spans="1:6">
+      <c r="A931" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C931" t="s">
+        <v>518</v>
+      </c>
+      <c r="D931" t="s">
+        <v>9</v>
+      </c>
+      <c r="E931" t="s">
+        <v>10</v>
+      </c>
+      <c r="F931" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="932" spans="1:6">
+      <c r="A932" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B932" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C932" t="s">
+        <v>521</v>
+      </c>
+      <c r="D932" t="s">
+        <v>9</v>
+      </c>
+      <c r="E932" t="s">
+        <v>10</v>
+      </c>
+      <c r="F932" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="933" spans="1:6">
+      <c r="A933" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B933" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C933" t="s">
+        <v>524</v>
+      </c>
+      <c r="D933" t="s">
+        <v>9</v>
+      </c>
+      <c r="E933" t="s">
+        <v>10</v>
+      </c>
+      <c r="F933" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="934" spans="1:6">
+      <c r="A934" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C934" t="s">
+        <v>526</v>
+      </c>
+      <c r="D934" t="s">
+        <v>9</v>
+      </c>
+      <c r="E934" t="s">
+        <v>10</v>
+      </c>
+      <c r="F934" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="935" spans="1:6">
+      <c r="A935" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B935" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C935" t="s">
+        <v>529</v>
+      </c>
+      <c r="D935" t="s">
+        <v>9</v>
+      </c>
+      <c r="E935" t="s">
+        <v>10</v>
+      </c>
+      <c r="F935" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="936" spans="1:6">
+      <c r="A936" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B936" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C936" t="s">
+        <v>532</v>
+      </c>
+      <c r="D936" t="s">
+        <v>9</v>
+      </c>
+      <c r="E936" t="s">
+        <v>10</v>
+      </c>
+      <c r="F936" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="937" spans="1:6">
+      <c r="A937" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B937" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C937" t="s">
+        <v>534</v>
+      </c>
+      <c r="D937" t="s">
+        <v>9</v>
+      </c>
+      <c r="E937" t="s">
+        <v>10</v>
+      </c>
+      <c r="F937" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="938" spans="1:6">
+      <c r="A938" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C938" t="s">
+        <v>536</v>
+      </c>
+      <c r="D938" t="s">
+        <v>9</v>
+      </c>
+      <c r="E938" t="s">
+        <v>10</v>
+      </c>
+      <c r="F938" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="939" spans="1:6">
+      <c r="A939" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C939" t="s">
+        <v>756</v>
+      </c>
+      <c r="D939" t="s">
+        <v>9</v>
+      </c>
+      <c r="E939" t="s">
+        <v>10</v>
+      </c>
+      <c r="F939" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="940" spans="1:6">
+      <c r="A940" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B940" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C940" t="s">
+        <v>8</v>
+      </c>
+      <c r="D940" t="s">
+        <v>9</v>
+      </c>
+      <c r="E940" t="s">
+        <v>10</v>
+      </c>
+      <c r="F940" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="941" spans="1:6">
+      <c r="A941" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C941" t="s">
+        <v>13</v>
+      </c>
+      <c r="D941" t="s">
+        <v>9</v>
+      </c>
+      <c r="E941" t="s">
+        <v>10</v>
+      </c>
+      <c r="F941" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="942" spans="1:6">
+      <c r="A942" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B942" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C942" t="s">
+        <v>16</v>
+      </c>
+      <c r="D942" t="s">
+        <v>9</v>
+      </c>
+      <c r="E942" t="s">
+        <v>10</v>
+      </c>
+      <c r="F942" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="943" spans="1:6">
+      <c r="A943" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B943" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C943" t="s">
+        <v>19</v>
+      </c>
+      <c r="D943" t="s">
+        <v>9</v>
+      </c>
+      <c r="E943" t="s">
+        <v>10</v>
+      </c>
+      <c r="F943" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="944" spans="1:6">
+      <c r="A944" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C944" t="s">
+        <v>22</v>
+      </c>
+      <c r="D944" t="s">
+        <v>9</v>
+      </c>
+      <c r="E944" t="s">
+        <v>10</v>
+      </c>
+      <c r="F944" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="945" spans="1:6">
+      <c r="A945" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B945" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C945" t="s">
+        <v>25</v>
+      </c>
+      <c r="D945" t="s">
+        <v>9</v>
+      </c>
+      <c r="E945" t="s">
+        <v>10</v>
+      </c>
+      <c r="F945" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="946" spans="1:6">
+      <c r="A946" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B946" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C946" t="s">
+        <v>28</v>
+      </c>
+      <c r="D946" t="s">
+        <v>9</v>
+      </c>
+      <c r="E946" t="s">
+        <v>10</v>
+      </c>
+      <c r="F946" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="947" spans="1:6">
+      <c r="A947" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C947" t="s">
+        <v>30</v>
+      </c>
+      <c r="D947" t="s">
+        <v>9</v>
+      </c>
+      <c r="E947" t="s">
+        <v>10</v>
+      </c>
+      <c r="F947" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="948" spans="1:6">
+      <c r="A948" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C948" t="s">
+        <v>32</v>
+      </c>
+      <c r="D948" t="s">
+        <v>9</v>
+      </c>
+      <c r="E948" t="s">
+        <v>10</v>
+      </c>
+      <c r="F948" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="949" spans="1:6">
+      <c r="A949" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C949" t="s">
+        <v>35</v>
+      </c>
+      <c r="D949" t="s">
+        <v>9</v>
+      </c>
+      <c r="E949" t="s">
+        <v>10</v>
+      </c>
+      <c r="F949" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="950" spans="1:6">
+      <c r="A950" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B950" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C950" t="s">
+        <v>38</v>
+      </c>
+      <c r="D950" t="s">
+        <v>9</v>
+      </c>
+      <c r="E950" t="s">
+        <v>10</v>
+      </c>
+      <c r="F950" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="951" spans="1:6">
+      <c r="A951" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B951" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C951" t="s">
+        <v>41</v>
+      </c>
+      <c r="D951" t="s">
+        <v>9</v>
+      </c>
+      <c r="E951" t="s">
+        <v>10</v>
+      </c>
+      <c r="F951" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>