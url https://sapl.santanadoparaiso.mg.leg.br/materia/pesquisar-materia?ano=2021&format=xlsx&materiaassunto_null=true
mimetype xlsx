--- v0 (2025-10-07)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3927" uniqueCount="1849">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3935" uniqueCount="1855">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -5557,50 +5557,68 @@
     <t>"Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Obras, providenciar, em caráter de urgência, a construção de um quebra-molas na Av. José Catarino Pessoa, em frente ao nº 92, no bairro Industrial."</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_446_2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Obras, providenciar, em caráter de urgência, a construção de um quebra-molas na rua Estônia em frente ao nº 219, no bairro Industrial."</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_447_2021.pdf</t>
   </si>
   <si>
     <t>"Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Obras, providenciar, em caráter de urgência fazer uma boca de lobo no final da rua sem saída Prudente de Morais, no bairro Cidade Nova."</t>
+  </si>
+  <si>
+    <t>2151</t>
+  </si>
+  <si>
+    <t>M.APO</t>
+  </si>
+  <si>
+    <t>Moção de Apoio</t>
+  </si>
+  <si>
+    <t>Agnaldo Coxinha, Alessandro Fábio, Alexandre Coutinho, Vagner da Laje</t>
+  </si>
+  <si>
+    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/2151/mocao_de_apoio_002_2021.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apoio nº 002/2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5904,56 +5922,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_de_lei_ordinaria_1134_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_ordinaria_1135_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_ordinaria_1136_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_ordinaria_1137_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_de_lei_ordinaria_1138_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_de_lei_ordinaria_1140_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_de_lei_ordinaria_1141_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_de_lei_ordinaria_1142_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_de_lei_ordinaria_1143_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_ordinaria_1144_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_ordinaria_1145_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_ordinaria_1146_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_ordinaria_1147_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_ordinaria_1149_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_ordinaria_1150_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_ordinaria_1151_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_de_lei_ordinaria_1152_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_de_lei_ordinaria_1153_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/166/projeto_de_lei_ordinaria_1154_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/167/projeto_de_lei_ordinaria_1155_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_de_lei_ordinaria_1156_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_de_lei_ordinaria_1157_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_ordinaria_1158_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_de_lei_ordinaria_1160_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_de_lei_ordinaria_1161_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_ordinaria_1162_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_ordinaria_1163_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_de_lei_ordinaria_1164_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_ordinaria_1165_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/177/projeto_de_lei_ordinaria_1166_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/178/projeto_de_lei_ordinaria_1167_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_ordinaria_1168_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_ordinaria_1169_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_ordinaria_1170_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/182/projeto_de_lei_ordinaria_1171_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/183/projeto_de_lei_ordinaria_1172_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/184/projeto_de_lei_ordinaria_1173_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/185/projeto_de_lei_1174_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_lei_ordinaria_1175_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/187/projeto_de_lei_ordinaria_1176_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/188/projeto_de_lei_ordinaria_1177_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/189/projeto_de_lei_ordinaria_1178_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/190/projeto_de_lei_ordinaria_1179_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_ordinaria_1180_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/192/projeto_de_lei_ordinaria_1181_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/193/projeto_de_lei_ordinaria_1182_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_ordinaria_1183_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei_ordinaria_1184_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_ordinaria_1185_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_de_lei_ordinaria_1186_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_ordinaria_1187_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de__lei_ordinaria_1188_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/200/projeto_de_lei_ordinaria_1191_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/201/projeto_de_lei_ordinaria_1192_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei_ordinaria_1193_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_ordinaria_1194_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_ordinaria_1195_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_ordinaria_1196_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_ordinaria_1197_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_ordinaria_1198_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/208/projeto_de_lei_ordinaria_1199_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei_ordinaria_1200_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_ordinaria_1201_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_ordinaria_1202_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_ordinaria_1203_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_1204_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_ordinaria_1205_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_lei_ordinaria_1206_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_ordinaria_1207_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_ordinaria_1208_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_ordinaria_1209_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/2073/mocao_de_aplausos_056_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/813/indicacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/814/indicacao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/815/indicacao_007_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/816/indicacao_008_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/817/indicacao_009_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_010_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_011_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_012_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_013_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_014_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_015_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_016_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_017_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_018_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_019_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_020_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_021_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/830/indicacao_022_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/831/indicacao_023_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_024_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/833/indicacao_025_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/834/indicacao_026_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/835/indicacao_027_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_028_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_029_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/838/indicacao_030_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_031_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_032_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_033_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_034_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_035_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/844/indicacao_036_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/845/indicacao_037_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/846/indicacao_038_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/847/indicacao_039_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_040_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/849/indicacao_041_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/851/indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/852/indicacao_044_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/853/indicacao_045_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/854/indicacao_046_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/855/indicacao_047_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/869/indicacao_048_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_049_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/871/indicacao_050_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/872/indicacao_051_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/873/indicacao_052_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_053_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_054_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_056_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/877/indicacao_057_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/878/indicacao_058_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/879/indicacao_059_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/880/indicacao_060_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/881/indicacao_061_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/882/indicacao_062_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/883/indicacao_063_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_064_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/885/indicacao_065_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/886/indicacao_066_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/887/indicacao_067_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/888/indicacao_069_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/889/indicacao_070_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/890/indicacao_071_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/891/indicacao_072_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/892/indicacao_073_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/893/indicacao_074_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/894/indicacao_075_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/895/indicacao_076_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_077_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_078_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_079_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_090_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_081_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_082_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_083_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_084_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_085_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_086_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_087_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_088_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_089_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_090_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/910/indicacao_091_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/911/indicacao_092_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_093_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_094_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_095_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/915/indicacao_096_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_097_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_098_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_099_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_100_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_101_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_102_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_103_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_104_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/924/indicacao_105_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_106_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/926/indicacao_107_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/927/indicacao_108_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/928/indicacao_109_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/929/indicacao_110_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_111_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/931/indicacao_112_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/932/indicacao_113_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_114_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_115_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_116_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_117_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/937/indicacao_118_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_119_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_120_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_121_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/941/indicacao_122_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_123_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_124_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_125_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_126_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_127_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_128_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/952/indicacao_129_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/953/indicacao_130_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/955/indicacao_133_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/956/indicacao_134_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/957/indicacao_135_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/958/indicacao_136_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/959/indicacao_137_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/960/indicacao_139_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/961/indicacao_140_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_141_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/963/indicacao_142_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/964/indicacao_143_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/965/indicacao_144_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/966/indicacao_145_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/967/indicacao_146_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/968/indicacao_147_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/969/indicacao_148_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/970/indicacao_149_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/971/indicacao_150_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/972/indicacao_151_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/973/indicacao_152_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/974/indicacao_153_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/975/indicacao_154_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/976/indicacao_155_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/977/indicacao_156_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/978/indicacao_157_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_158_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_159_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/981/indicacao_160_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/982/indicacao_161_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/983/indicacao_162_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_163_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_164_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_165_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_166_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_167_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_168_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/990/indicacao_169_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_170_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_171_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_172_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_173_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_174_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/996/indicacao_175_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/997/indicacao_176_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/998/indicacao_177_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/999/indicacao_178_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1000/indicacao_179_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1001/indicacao_180_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1002/indicacao_181_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1003/indicacao_182_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1004/indicacao_183_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1005/indicacao_184_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1006/indicacao_185_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1007/indicacao_187_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1008/indicacao_188_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1009/indicacao_189_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1010/indicacao_190_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1011/indicacao_191_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1013/indicacao_192_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1012/indicacao_193_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1014/indicacao_194_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1015/indicacao_195_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1016/indicacao_196_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1017/indicacao_197_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1018/indicacao_198_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1019/indicacao_199_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1020/indicacao_200_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1021/indicacao_201_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1022/indicacao_202_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1023/indicacao_203_2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1024/indicacao_204_2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1025/indicacao_205_2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1026/indicacao_206_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1027/indicacao_207_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1028/indicacao_208_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1029/indicacao_209_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1030/indicacao_210_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1031/indicacao_211_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1032/indicacao_212_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1033/indicacao_213_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1034/indicacao_214_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1035/indicacao_215_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1036/indicacao_216_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1037/indicacao_217_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1038/indicacao_218_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1039/indicacao_219_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1040/indicacao_220_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1041/indicacao_221_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1042/indicacao_222_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_223_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_224_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1045/indicacao_225_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1046/indicacao_226_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1047/indicacao_227_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1048/indicacao_228_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1049/indicacao_229_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1050/indicacao_230_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1051/indicacao_231_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1052/indicacao_232_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1053/indicacao_233_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1054/indicacao_234_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1055/indicacao_235_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1056/indicacao_236_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1057/indicacao_237_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1058/indicacao_238_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1059/indicacao_239_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1060/indicacao_240_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1061/indicacao_241_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1062/indicacao_242_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1063/indicacao_243_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1064/indicacao_244_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1065/indicacao_245_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1066/indicacao_246_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1067/indicacao_247_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1068/indicacao_248_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1069/indicacao_249_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1070/indicacao_250_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1071/indicacao_251_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1072/indicacao_252_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1073/indicacao_253_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1074/indicacao_254_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1075/indicacao_255_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1076/indicacao_256_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1077/indicacao_257_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1078/indicacao_258_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1079/indicacao_259_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1080/indicacao_260_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1081/indicacao_261_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1082/indicacao_262_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_263_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1084/indicacao_264_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1085/indicacao_265_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1086/indicacao_266_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1087/indicacao_267_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1088/indicacao_268_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1089/indicacao_269_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1090/indicacao_271_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1091/indicacao_273_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1092/indicacao_276_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/indicacao_277_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1094/indicacao_278_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1095/indicacao_279_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1096/indicacao_280_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1097/indicacao_281_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1098/indicacao_282_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1099/indicacao_283_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1100/indicacao_284_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1101/indicacao_285_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1102/indicacao_286_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1103/indicacao_288_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1104/indicacao_289_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1105/indicacao_290_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1106/indicacao_291_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1107/indicacao_292_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1108/indicacao_293_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1109/indicacao_294_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1110/indicacao_296_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1111/indicacao_297_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1112/indicacao_298_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1113/indicacao_299_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1114/indicacao_300_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1115/indicacao_302_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1116/indicacao_303_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1117/indicacao_304_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1118/indicacao_306_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1119/indicacao_307_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1120/indicacao_308_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1121/indicacao_309_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1122/indicacao_310_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1123/indicacao_312_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1124/indicacao_313_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1125/indicacao_314_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1126/indicacao_315_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1127/indicacao_316_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1128/indicacao_317_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1129/indicacao_318_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1130/indicacao_319_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1131/indicacao_320_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1132/indicacao_321_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1133/indicacao_322_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1134/indicacao_323_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1135/indicacao_324_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1136/indicacao_325_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1137/indicacao_326_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1138/indicacao_330_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1139/indicacao_331_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1140/indicacao_332_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1141/indicacao_333_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1142/indicacao_344_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1143/indicacao_335_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1144/indicacao_336_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1145/indicacao_337_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1146/indicacao_338_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1147/indicacao_339_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1148/indicacao_343_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1149/indicacao_344_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1150/indicacao_345_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1151/indicacao_348_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1152/indicacao_349_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1153/indicacao_350_2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1154/indicacao_351_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1155/indicacao_352_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1156/indicacao_353_2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao_354_2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao_355_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao_358_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao_357_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao_358_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao_359_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao_360_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1164/indicacao_361_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao_362_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao_363_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao_364_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1168/indicacao_365_2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1169/indicacao_366_2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1170/indicacao_367_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1171/indicacao_368_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1172/indicacao_369_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1173/indicacao_370_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1174/indicacao_371_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1175/indicacao_372_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1176/indicacao_273_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1177/indicacao_374_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1178/indicacao_375_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1179/indicacao_376_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1180/indicacao_377_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1181/indicacao_378_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1182/indicacao_379_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1183/indicacao_380_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1184/indicacao_381_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao_382_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao_383_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao_384_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao_385_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao_388_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao_389_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao_390_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao_391_2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao_392_2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao_394_2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao_395_2021_2.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1196/indicacao_397_2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1197/indicacao_398_2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao_399_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1199/indicacao_400_2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1200/indicacao_404_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1201/indicacao_405_2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1202/indicacao_406_2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1203/indicacao_407_2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1204/indicacao_408_2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao_409_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao_410_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao_411_2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_412_2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao_413_2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao_415_2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao_416_2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao_417_2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao_418_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao_419_2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1215/indicacao_420_2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1216/indicacao_421_2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao_422_2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao_423_2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao_424_2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao_425_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao_426_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao_427_2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao_428_2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_429_2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao_430_2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_431_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1227/indicacao_432_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1228/indicacao_433_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao_434_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_435_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao_436_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_437_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_438_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao_439_2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_440_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_441_2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_442_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_443_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao_444_2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1251/indicacao_445_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_446_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_447_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_de_lei_ordinaria_1134_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_ordinaria_1135_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_ordinaria_1136_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_ordinaria_1137_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_de_lei_ordinaria_1138_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_de_lei_ordinaria_1140_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_de_lei_ordinaria_1141_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_de_lei_ordinaria_1142_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_de_lei_ordinaria_1143_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_ordinaria_1144_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_lei_ordinaria_1145_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_ordinaria_1146_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_ordinaria_1147_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_ordinaria_1149_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_ordinaria_1150_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_ordinaria_1151_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_de_lei_ordinaria_1152_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_de_lei_ordinaria_1153_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/166/projeto_de_lei_ordinaria_1154_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/167/projeto_de_lei_ordinaria_1155_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_de_lei_ordinaria_1156_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_de_lei_ordinaria_1157_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_ordinaria_1158_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_de_lei_ordinaria_1160_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_de_lei_ordinaria_1161_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_ordinaria_1162_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/174/projeto_de_lei_ordinaria_1163_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/176/projeto_de_lei_ordinaria_1164_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_ordinaria_1165_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/177/projeto_de_lei_ordinaria_1166_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/178/projeto_de_lei_ordinaria_1167_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_ordinaria_1168_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_ordinaria_1169_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/181/projeto_de_lei_ordinaria_1170_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/182/projeto_de_lei_ordinaria_1171_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/183/projeto_de_lei_ordinaria_1172_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/184/projeto_de_lei_ordinaria_1173_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/185/projeto_de_lei_1174_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/186/projeto_de_lei_ordinaria_1175_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/187/projeto_de_lei_ordinaria_1176_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/188/projeto_de_lei_ordinaria_1177_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/189/projeto_de_lei_ordinaria_1178_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/190/projeto_de_lei_ordinaria_1179_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_ordinaria_1180_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/192/projeto_de_lei_ordinaria_1181_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/193/projeto_de_lei_ordinaria_1182_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/194/projeto_de_lei_ordinaria_1183_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei_ordinaria_1184_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei_ordinaria_1185_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_de_lei_ordinaria_1186_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_ordinaria_1187_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de__lei_ordinaria_1188_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/200/projeto_de_lei_ordinaria_1191_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/201/projeto_de_lei_ordinaria_1192_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei_ordinaria_1193_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei_ordinaria_1194_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei_ordinaria_1195_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_ordinaria_1196_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei_ordinaria_1197_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_ordinaria_1198_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/208/projeto_de_lei_ordinaria_1199_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei_ordinaria_1200_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_lei_ordinaria_1201_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_de_lei_ordinaria_1202_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_ordinaria_1203_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_1204_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_ordinaria_1205_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_de_lei_ordinaria_1206_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_de_lei_ordinaria_1207_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_de_lei_ordinaria_1208_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_ordinaria_1209_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/2073/mocao_de_aplausos_056_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/810/indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/813/indicacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/814/indicacao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/815/indicacao_007_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/816/indicacao_008_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/817/indicacao_009_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/818/indicacao_010_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_011_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_012_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/821/indicacao_013_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/822/indicacao_014_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_015_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_016_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/825/indicacao_017_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/826/indicacao_018_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_019_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_020_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_021_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/830/indicacao_022_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/831/indicacao_023_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_024_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/833/indicacao_025_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/834/indicacao_026_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/835/indicacao_027_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_028_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_029_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/838/indicacao_030_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_031_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_032_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/841/indicacao_033_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/842/indicacao_034_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/843/indicacao_035_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/844/indicacao_036_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/845/indicacao_037_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/846/indicacao_038_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/847/indicacao_039_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/848/indicacao_040_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/849/indicacao_041_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/850/indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/851/indicacao_043_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/852/indicacao_044_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/853/indicacao_045_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/854/indicacao_046_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/855/indicacao_047_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/869/indicacao_048_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/870/indicacao_049_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/871/indicacao_050_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/872/indicacao_051_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/873/indicacao_052_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/874/indicacao_053_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/875/indicacao_054_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/876/indicacao_056_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/877/indicacao_057_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/878/indicacao_058_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/879/indicacao_059_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/880/indicacao_060_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/881/indicacao_061_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/882/indicacao_062_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/883/indicacao_063_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_064_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/885/indicacao_065_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/886/indicacao_066_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/887/indicacao_067_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/888/indicacao_069_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/889/indicacao_070_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/890/indicacao_071_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/891/indicacao_072_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/892/indicacao_073_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/893/indicacao_074_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/894/indicacao_075_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/895/indicacao_076_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/896/indicacao_077_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_078_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_079_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_090_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_081_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_082_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_083_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_084_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_085_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_086_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_087_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_088_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_089_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_090_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/910/indicacao_091_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/911/indicacao_092_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_093_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_094_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_095_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/915/indicacao_096_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_097_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_098_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_099_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_100_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_101_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_102_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_103_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_104_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/924/indicacao_105_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_106_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/926/indicacao_107_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/927/indicacao_108_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/928/indicacao_109_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/929/indicacao_110_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_111_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/931/indicacao_112_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/932/indicacao_113_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_114_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_115_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_116_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_117_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/937/indicacao_118_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_119_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_120_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_121_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/941/indicacao_122_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_123_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_124_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_125_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_126_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_127_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/947/indicacao_128_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/952/indicacao_129_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/953/indicacao_130_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/955/indicacao_133_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/956/indicacao_134_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/957/indicacao_135_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/958/indicacao_136_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/959/indicacao_137_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/960/indicacao_139_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/961/indicacao_140_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_141_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/963/indicacao_142_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/964/indicacao_143_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/965/indicacao_144_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/966/indicacao_145_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/967/indicacao_146_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/968/indicacao_147_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/969/indicacao_148_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/970/indicacao_149_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/971/indicacao_150_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/972/indicacao_151_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/973/indicacao_152_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/974/indicacao_153_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/975/indicacao_154_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/976/indicacao_155_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/977/indicacao_156_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/978/indicacao_157_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_158_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_159_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/981/indicacao_160_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/982/indicacao_161_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/983/indicacao_162_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_163_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_164_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_165_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_166_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_167_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_168_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/990/indicacao_169_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_170_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_171_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_172_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_173_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_174_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/996/indicacao_175_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/997/indicacao_176_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/998/indicacao_177_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/999/indicacao_178_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1000/indicacao_179_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1001/indicacao_180_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1002/indicacao_181_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1003/indicacao_182_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1004/indicacao_183_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1005/indicacao_184_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1006/indicacao_185_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1007/indicacao_187_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1008/indicacao_188_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1009/indicacao_189_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1010/indicacao_190_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1011/indicacao_191_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1013/indicacao_192_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1012/indicacao_193_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1014/indicacao_194_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1015/indicacao_195_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1016/indicacao_196_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1017/indicacao_197_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1018/indicacao_198_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1019/indicacao_199_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1020/indicacao_200_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1021/indicacao_201_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1022/indicacao_202_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1023/indicacao_203_2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1024/indicacao_204_2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1025/indicacao_205_2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1026/indicacao_206_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1027/indicacao_207_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1028/indicacao_208_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1029/indicacao_209_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1030/indicacao_210_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1031/indicacao_211_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1032/indicacao_212_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1033/indicacao_213_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1034/indicacao_214_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1035/indicacao_215_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1036/indicacao_216_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1037/indicacao_217_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1038/indicacao_218_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1039/indicacao_219_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1040/indicacao_220_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1041/indicacao_221_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1042/indicacao_222_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_223_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_224_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1045/indicacao_225_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1046/indicacao_226_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1047/indicacao_227_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1048/indicacao_228_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1049/indicacao_229_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1050/indicacao_230_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1051/indicacao_231_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1052/indicacao_232_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1053/indicacao_233_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1054/indicacao_234_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1055/indicacao_235_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1056/indicacao_236_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1057/indicacao_237_2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1058/indicacao_238_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1059/indicacao_239_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1060/indicacao_240_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1061/indicacao_241_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1062/indicacao_242_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1063/indicacao_243_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1064/indicacao_244_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1065/indicacao_245_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1066/indicacao_246_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1067/indicacao_247_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1068/indicacao_248_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1069/indicacao_249_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1070/indicacao_250_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1071/indicacao_251_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1072/indicacao_252_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1073/indicacao_253_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1074/indicacao_254_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1075/indicacao_255_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1076/indicacao_256_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1077/indicacao_257_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1078/indicacao_258_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1079/indicacao_259_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1080/indicacao_260_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1081/indicacao_261_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1082/indicacao_262_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_263_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1084/indicacao_264_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1085/indicacao_265_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1086/indicacao_266_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1087/indicacao_267_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1088/indicacao_268_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1089/indicacao_269_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1090/indicacao_271_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1091/indicacao_273_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1092/indicacao_276_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1093/indicacao_277_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1094/indicacao_278_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1095/indicacao_279_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1096/indicacao_280_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1097/indicacao_281_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1098/indicacao_282_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1099/indicacao_283_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1100/indicacao_284_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1101/indicacao_285_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1102/indicacao_286_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1103/indicacao_288_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1104/indicacao_289_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1105/indicacao_290_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1106/indicacao_291_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1107/indicacao_292_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1108/indicacao_293_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1109/indicacao_294_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1110/indicacao_296_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1111/indicacao_297_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1112/indicacao_298_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1113/indicacao_299_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1114/indicacao_300_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1115/indicacao_302_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1116/indicacao_303_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1117/indicacao_304_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1118/indicacao_306_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1119/indicacao_307_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1120/indicacao_308_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1121/indicacao_309_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1122/indicacao_310_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1123/indicacao_312_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1124/indicacao_313_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1125/indicacao_314_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1126/indicacao_315_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1127/indicacao_316_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1128/indicacao_317_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1129/indicacao_318_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1130/indicacao_319_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1131/indicacao_320_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1132/indicacao_321_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1133/indicacao_322_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1134/indicacao_323_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1135/indicacao_324_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1136/indicacao_325_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1137/indicacao_326_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1138/indicacao_330_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1139/indicacao_331_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1140/indicacao_332_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1141/indicacao_333_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1142/indicacao_344_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1143/indicacao_335_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1144/indicacao_336_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1145/indicacao_337_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1146/indicacao_338_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1147/indicacao_339_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1148/indicacao_343_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1149/indicacao_344_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1150/indicacao_345_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1151/indicacao_348_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1152/indicacao_349_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1153/indicacao_350_2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1154/indicacao_351_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1155/indicacao_352_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1156/indicacao_353_2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao_354_2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao_355_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao_358_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao_357_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao_358_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao_359_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao_360_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1164/indicacao_361_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao_362_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao_363_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao_364_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1168/indicacao_365_2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1169/indicacao_366_2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1170/indicacao_367_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1171/indicacao_368_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1172/indicacao_369_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1173/indicacao_370_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1174/indicacao_371_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1175/indicacao_372_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1176/indicacao_273_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1177/indicacao_374_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1178/indicacao_375_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1179/indicacao_376_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1180/indicacao_377_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1181/indicacao_378_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1182/indicacao_379_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1183/indicacao_380_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1184/indicacao_381_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao_382_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao_383_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao_384_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao_385_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao_388_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao_389_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao_390_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao_391_2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao_392_2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao_394_2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao_395_2021_2.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1196/indicacao_397_2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1197/indicacao_398_2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao_399_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1199/indicacao_400_2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1200/indicacao_404_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1201/indicacao_405_2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1202/indicacao_406_2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1203/indicacao_407_2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1204/indicacao_408_2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao_409_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao_410_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao_411_2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_412_2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao_413_2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao_415_2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao_416_2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao_417_2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao_418_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao_419_2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1215/indicacao_420_2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1216/indicacao_421_2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao_422_2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao_423_2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao_424_2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao_425_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao_426_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao_427_2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao_428_2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_429_2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao_430_2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_431_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1227/indicacao_432_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1228/indicacao_433_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao_434_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_435_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao_436_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_437_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_438_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao_439_2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_440_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_441_2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_442_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao_443_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao_444_2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1251/indicacao_445_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_446_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_447_2021.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2021/2151/mocao_de_apoio_002_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H491"/>
+  <dimension ref="A1:H492"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="116.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -18685,50 +18703,76 @@
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>1845</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
         <v>1846</v>
       </c>
       <c r="D491" t="s">
         <v>322</v>
       </c>
       <c r="E491" t="s">
         <v>323</v>
       </c>
       <c r="F491" t="s">
         <v>28</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>1847</v>
       </c>
       <c r="H491" t="s">
         <v>1848</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>327</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1852</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1854</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -19179,50 +19223,51 @@
     <hyperlink ref="G467" r:id="rId466"/>
     <hyperlink ref="G468" r:id="rId467"/>
     <hyperlink ref="G469" r:id="rId468"/>
     <hyperlink ref="G470" r:id="rId469"/>
     <hyperlink ref="G471" r:id="rId470"/>
     <hyperlink ref="G472" r:id="rId471"/>
     <hyperlink ref="G473" r:id="rId472"/>
     <hyperlink ref="G474" r:id="rId473"/>
     <hyperlink ref="G475" r:id="rId474"/>
     <hyperlink ref="G476" r:id="rId475"/>
     <hyperlink ref="G477" r:id="rId476"/>
     <hyperlink ref="G478" r:id="rId477"/>
     <hyperlink ref="G479" r:id="rId478"/>
     <hyperlink ref="G480" r:id="rId479"/>
     <hyperlink ref="G481" r:id="rId480"/>
     <hyperlink ref="G482" r:id="rId481"/>
     <hyperlink ref="G483" r:id="rId482"/>
     <hyperlink ref="G484" r:id="rId483"/>
     <hyperlink ref="G485" r:id="rId484"/>
     <hyperlink ref="G486" r:id="rId485"/>
     <hyperlink ref="G487" r:id="rId486"/>
     <hyperlink ref="G488" r:id="rId487"/>
     <hyperlink ref="G489" r:id="rId488"/>
     <hyperlink ref="G490" r:id="rId489"/>
     <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>