--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,230 +10,1340 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="822" uniqueCount="430">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Bruno Campos Morato</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2231/projeto_de_lei_ordinaria_1473_2026.pdf</t>
-[...2 lines deleted...]
-    <t>"Autoriza o Executivo Municipal a conceder juros e multa incidentes sobre tributos inscritos em dívida ativa, dispõe sobre seu parcelamento e dá outras providências."</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2231/projeto_de_lei_ordinaria_1473_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Executivo Municipal a conceder descontos de juros e multa incidentes sobre tributos inscritos em dívida ativa, dispõe sobre seu parcelamento e dá outras providências."</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2232/projeto_de_lei_ordinaria_1474_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2232/projeto_de_lei_ordinaria_1474_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouros públicos no bairro Josefino Anício dos Reis, e dá outras providências."</t>
   </si>
   <si>
+    <t>2242</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2242/projeto_de_lei_ordinaria_1475_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre denominação de logradouros públicos no bairro Ipabinha, e dá outras providências."</t>
+  </si>
+  <si>
     <t>2234</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2234/projeto_de_lei_ordinaria_1476_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2234/projeto_de_lei_ordinaria_1476_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouros públicos no bairro Residencial Paraíso, e dá outras providências."</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2235/projeto_de_lei_ordinaria_1477_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2235/projeto_de_lei_ordinaria_1477_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouros públicos no bairro São José, e dá outras providências."</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2236/projeto_de_lei_ordinaria_1478_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2236/projeto_de_lei_ordinaria_1478_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouros públicos no bairro Veraneio, e dá outras providências."</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2237/projeto_de_lei_ordinaria_1479_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2237/projeto_de_lei_ordinaria_1479_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouros públicos nos bairros Vale do Paraíso, e Vale do Paraíso - Expansão, e dá outras providências."</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2238/projeto_de_lei_ordinaria_1480_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2238/projeto_de_lei_ordinaria_1480_2026.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de Crédito Especial no orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2239/projeto_de_lei_ordinaria_1481_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2239/projeto_de_lei_ordinaria_1481_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de logradouros públicos nos bairros Expansão Industrial , Industrial_novo e Industrial Velho - Velho , e dá outras providências."</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2240/projeto_de_lei_ordinaria_1482_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2240/projeto_de_lei_ordinaria_1482_2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a isenção do pagamento do Imposto Predial Territorial Urbano (IPTU) e da taxa de manejo de resíduos sólidos urbano - TMRS dos imóveis de Santana do Paraíso - MG no exercício de 2026, e dá outras providências."</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>Arnaldo da Identidade</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2241/projeto_de_lei_ordinaria_1483_2026.pdf</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2241/projeto_de_lei_ordinaria_1483_2026.pdf</t>
   </si>
   <si>
     <t>"Regulamenta no âmbito do Município de Santana do Paraíso, a Lei Federal nº 13.722, de 04 de outubro de 2018, que torna obrigatória a capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensino públicos e privados da educação básica e de estabelecimentos de recreação infantil, e dá outras providências."</t>
   </si>
   <si>
+    <t>2268</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2268/projeto_de_lei_ordinaria_1484_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a autorização para concessão de subvenções, contribuições e auxílios financeiros no exercício de 2026, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2269</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2269/projeto_de_lei_ordinaria_1485_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Amplia a estruturação de cargos efetivos da Secretaria da Administração e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2270</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2270/projeto_de_lei_ordinaria_1486_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre convalidação da criação da CASA DE ACOLHIMENTO INSTITUCIONAL DE SANTANA DO PARAÍSO no âmbito do município de Santana do Paraíso /MG e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2271</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2271/projeto_de_lei_ordinaria_1487_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a recomposição do valor do subsídio dos Agentes Políticos do Poder Executivo Municipal sobre as perdas inflacionárias relativas ao ano de 2025."</t>
+  </si>
+  <si>
+    <t>2272</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2272/projeto_de_lei_ordinaria_1488_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Restitui as perdas inflacionárias relativas ao ano de 2025 aos servidores públicos municipais do Poder Executivo de Santana do Paraíso/MG e dá outras providências."</t>
+  </si>
+  <si>
+    <t>2273</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>César Fuscão, Tales do Roma</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2273/projeto_de_lei_ordinaria_1489_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a recomposição salarial dos servidores públicos do Poder Legislativo Municipal".</t>
+  </si>
+  <si>
+    <t>2274</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2274/projeto_de_lei_ordinaria_1490_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a recomposição no valor do subsídio dos agentes políticos do Poder Legislativo Municipal."</t>
+  </si>
+  <si>
+    <t>2287</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>Alessandro Fábio, César Fuscão, Tales do Roma</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2287/projeto_de_lei_1491_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera redação da Lei Municipal nº 1037/2021, que dispõe sobre concessões de diárias aos servidores públicos e agentes políticos no âmbito do Poder Legislativo."</t>
+  </si>
+  <si>
     <t>2229</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2229/projeto_de_resolucao_534_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre ampliação do número de cargos de Auxiliar de Serviços Gerais e autoriza realização de contrato administrativo para cargos vagos de Agente Administrativo, nos temos do Art.37, IX da CF/88 e Lei Municipal 028/93."</t>
+  </si>
+  <si>
+    <t>2230</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_resolucao_535_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede Título de Cidadão Honorário do município de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>2275</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
     <t>César Fuscão</t>
   </si>
   <si>
-    <t>https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2229/projeto_de_resolucao_534_2026.pdf</t>
-[...2 lines deleted...]
-    <t>"Dispõe sobre ampliação do número de cargos de Auxiliar de Serviços Gerais e autoriza realização de contrato administrativo para cargos vagos de Agente Administrativo, nos temos do Art.37, IX da CF/88 e Lei Municipal 028/93."</t>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2275/projeto_de_resolucao_536_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede Diploma de Honra ao Mérito do município de Santana do Paraíso."</t>
+  </si>
+  <si>
+    <t>2276</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>Normando Caldeira</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2276/projeto_de_resolucao_537_2026.pdf</t>
+  </si>
+  <si>
+    <t>2277</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2277/projeto_de_resolucao_538_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Reajusta o valor do auxílio alimentação do servidor público do Poder Legislativo instituído pela Resolução 191/2010 e determina outras providências."</t>
+  </si>
+  <si>
+    <t>2278</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>Iramilda ACS</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2278/projeto_de_resolucao_539_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede título de cidadão honorário do município de Santana do Paraíso."</t>
+  </si>
+  <si>
+    <t>2279</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2279/projeto_de_resolucao_540_2026.pdf</t>
+  </si>
+  <si>
+    <t>2280</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>Marcelo da Cláudia Lage</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2280/projeto_de_resolucao_541_2026_1.pdf</t>
+  </si>
+  <si>
+    <t>"Concede Título de cidadão honorário do município de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>2281</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2281/projeto_de_resolucao_542_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede título de Cidadão Honorário do Município de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>2282</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2282/projeto_de_resolucao_543_2026.pdf</t>
+  </si>
+  <si>
+    <t>2283</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2283/projeto_de_resolucao_544_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede título de cidadã honorária do município de Santana do Paraíso_MG."</t>
+  </si>
+  <si>
+    <t>2284</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2284/projeto_de_resolucao_545_2026.pdf</t>
+  </si>
+  <si>
+    <t>2318</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2318/projeto_de_resolucao_546_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede Título de cidadã honorária do município de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>2319</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2319/projeto_de_resolucao_547_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede título de Cidadão Honorário do município de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>2320</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2320/projeto_de_resolucao_548_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede Diploma de Honra ao Mérito do município de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>2321</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2321/projeto_de_resolucao_549_2026.pdf</t>
+  </si>
+  <si>
+    <t>2322</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>Wander da Civil</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2322/projeto_de_resolucao_550_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Concede título de cidadão honorário do município de Santana do Paraíso-MG."</t>
+  </si>
+  <si>
+    <t>2323</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2323/projeto_de_resolucao_551_2026.pdf</t>
+  </si>
+  <si>
+    <t>2324</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2324/projeto_de_resolucao_552_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera redação do Art. 69 do Regimento Interno da Câmara Municipal de Santana do Paraíso."</t>
+  </si>
+  <si>
+    <t>2325</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2325/projeto_de_resolucao_553_2026.pdf</t>
+  </si>
+  <si>
+    <t>2326</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>Arnaldo da Identidade, Marcelo da Cláudia Lage, Normando Caldeira</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2326/projeto_de_resolucao_554_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a prestação de Contas do Municipio de Santana do Paraíso , referente ao exercício financeiro de 2024."</t>
+  </si>
+  <si>
+    <t>2285</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>MOÇ</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2285/mocao_de_aplausos_123_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 123/2026.</t>
+  </si>
+  <si>
+    <t>2286</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2286/mocao_de_aplausos_124_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos nº 124/2026.</t>
+  </si>
+  <si>
+    <t>2317</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2317/mocao_de_aplausos_125_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 125/2026.</t>
+  </si>
+  <si>
+    <t>2327</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2327/mocao_de_aplausos_127_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 127/2026.</t>
+  </si>
+  <si>
+    <t>2328</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2328/mocao_de_aplausos_128_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 128/2026.</t>
+  </si>
+  <si>
+    <t>2329</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>Ronilson da Farmácia</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2329/mocao_de_aplausos_129_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 129/2026.</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2330/mocao_de_aplausos_130_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 130/2026.</t>
+  </si>
+  <si>
+    <t>2331</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2331/mocao_de_aplausos_131_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 131/2026.</t>
+  </si>
+  <si>
+    <t>2332</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2332/mocao_de_aplausos_132_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 132/2026.</t>
+  </si>
+  <si>
+    <t>2333</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2333/mocao_de_aplausos_133_2026.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº 133/2026</t>
+  </si>
+  <si>
+    <t>2246</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2246/indicacao_001_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 001/2026</t>
+  </si>
+  <si>
+    <t>2247</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Indicação Nº 002/2026</t>
+  </si>
+  <si>
+    <t>2248</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2248/indicacao_003_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Nº 003/2026</t>
+  </si>
+  <si>
+    <t>2249</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2249/indicacao_005_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Nº 005/2026</t>
+  </si>
+  <si>
+    <t>2250</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2250/indicacao_006_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Nº 006/2026</t>
+  </si>
+  <si>
+    <t>2251</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2251/indicacao_07_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 007/2026</t>
+  </si>
+  <si>
+    <t>2252</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2252/indicacao_008_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Nº 008/2026</t>
+  </si>
+  <si>
+    <t>2253</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Indicação nº 009/2026</t>
+  </si>
+  <si>
+    <t>2254</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2254/indicacao_10_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 010/2026</t>
+  </si>
+  <si>
+    <t>2258</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Rodrigo Indio</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2258/indicacao_011_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Nº 011/2026</t>
+  </si>
+  <si>
+    <t>2255</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2255/indicacao_12_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Nº 012/2026</t>
+  </si>
+  <si>
+    <t>2256</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Indicação Nº013/2026</t>
+  </si>
+  <si>
+    <t>2257</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2257/indicacao_014_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 014/2026</t>
+  </si>
+  <si>
+    <t>2259</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2259/indicacao_016_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação Nº 016/2026</t>
+  </si>
+  <si>
+    <t>2260</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2260/indicacao_017_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 017/2026</t>
+  </si>
+  <si>
+    <t>2261</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2261/indicacao_018_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 018/2026</t>
+  </si>
+  <si>
+    <t>2262</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2262/indicacao_020_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 020/2026</t>
+  </si>
+  <si>
+    <t>2263</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2263/indicacao_021_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 021/2026</t>
+  </si>
+  <si>
+    <t>2288</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2288/indicacao_23_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação_023_2026</t>
+  </si>
+  <si>
+    <t>2289</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2289/indicacao_24_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 024/2026</t>
+  </si>
+  <si>
+    <t>2264</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Tales do Roma</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2264/indicacao_025_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 025/2026</t>
+  </si>
+  <si>
+    <t>2265</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2265/indicacao_026_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 026/2026</t>
+  </si>
+  <si>
+    <t>2266</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Indicação nº 027/2026</t>
+  </si>
+  <si>
+    <t>2267</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2267/indicacao_028_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 028/2026</t>
+  </si>
+  <si>
+    <t>2290</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2290/indicacao_29_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 029/2026</t>
+  </si>
+  <si>
+    <t>2291</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2291/indicacao_30_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 030/2026</t>
+  </si>
+  <si>
+    <t>2292</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2292/indicacao_31_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 031/2026</t>
+  </si>
+  <si>
+    <t>2293</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2293/indicacao_032_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 032/2026</t>
+  </si>
+  <si>
+    <t>2294</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2294/indicacao_33_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 033/2026</t>
+  </si>
+  <si>
+    <t>2295</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2295/indicacao_34_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 034/2026</t>
+  </si>
+  <si>
+    <t>2296</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2296/indicacao_035_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 035/2026</t>
+  </si>
+  <si>
+    <t>2297</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2297/indicacao_36_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 036/2026</t>
+  </si>
+  <si>
+    <t>2298</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2298/indicacao_37_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 037/2026</t>
+  </si>
+  <si>
+    <t>2299</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2299/indicacao_38_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 038/2026</t>
+  </si>
+  <si>
+    <t>2300</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Indicação 039/2026</t>
+  </si>
+  <si>
+    <t>2301</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2301/indicacao_040_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 040/2026</t>
+  </si>
+  <si>
+    <t>2302</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2302/indicacao_041_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 041/2026</t>
+  </si>
+  <si>
+    <t>2303</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2303/indicacao_042_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 042/2026</t>
+  </si>
+  <si>
+    <t>2304</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2304/indicacao_043_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 043/2026</t>
+  </si>
+  <si>
+    <t>2305</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2305/indicacao_n45_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 045/2026</t>
+  </si>
+  <si>
+    <t>2306</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2306/indicacao_n46_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 046/2026</t>
+  </si>
+  <si>
+    <t>2307</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2307/indicacao_n47_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 047/2026</t>
+  </si>
+  <si>
+    <t>2308</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2308/indicacao_n48_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 048/2026</t>
+  </si>
+  <si>
+    <t>2309</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2309/indicacao_n49_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 049/2026</t>
+  </si>
+  <si>
+    <t>2310</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2310/indicacao_n51_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 051/2026</t>
+  </si>
+  <si>
+    <t>2311</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2311/indicacao_052_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 052/2026</t>
+  </si>
+  <si>
+    <t>2312</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2312/indicacao_053_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 053/2026</t>
+  </si>
+  <si>
+    <t>2313</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2313/indicacao_054_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 054/2026</t>
+  </si>
+  <si>
+    <t>2314</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2314/indicacao_055_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 055/2026</t>
+  </si>
+  <si>
+    <t>2315</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2315/indicacao_056_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 056/2026</t>
+  </si>
+  <si>
+    <t>2316</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>César Fuscão, Gustavo Vidal, Iramilda ACS, Wander da Civil</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2316/indicacao_057_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação 057/2026</t>
+  </si>
+  <si>
+    <t>2243</t>
+  </si>
+  <si>
+    <t>EA</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>Gustavo Vidal, Iramilda ACS, Rodrigo Indio</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2243/emenda_aditiva_01.pdf</t>
+  </si>
+  <si>
+    <t>"Inclui o artigo 5º ao Projeto de Lei nº 1480/2026."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -537,67 +1647,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2231/projeto_de_lei_ordinaria_1473_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2232/projeto_de_lei_ordinaria_1474_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2234/projeto_de_lei_ordinaria_1476_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2235/projeto_de_lei_ordinaria_1477_2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2236/projeto_de_lei_ordinaria_1478_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2237/projeto_de_lei_ordinaria_1479_2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2238/projeto_de_lei_ordinaria_1480_2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2239/projeto_de_lei_ordinaria_1481_2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2240/projeto_de_lei_ordinaria_1482_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2241/projeto_de_lei_ordinaria_1483_2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2229/projeto_de_resolucao_534_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2231/projeto_de_lei_ordinaria_1473_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2232/projeto_de_lei_ordinaria_1474_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2242/projeto_de_lei_ordinaria_1475_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2234/projeto_de_lei_ordinaria_1476_2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2235/projeto_de_lei_ordinaria_1477_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2236/projeto_de_lei_ordinaria_1478_2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2237/projeto_de_lei_ordinaria_1479_2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2238/projeto_de_lei_ordinaria_1480_2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2239/projeto_de_lei_ordinaria_1481_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2240/projeto_de_lei_ordinaria_1482_2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2241/projeto_de_lei_ordinaria_1483_2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2268/projeto_de_lei_ordinaria_1484_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2269/projeto_de_lei_ordinaria_1485_2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2270/projeto_de_lei_ordinaria_1486_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2271/projeto_de_lei_ordinaria_1487_2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2272/projeto_de_lei_ordinaria_1488_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2273/projeto_de_lei_ordinaria_1489_2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2274/projeto_de_lei_ordinaria_1490_2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2287/projeto_de_lei_1491_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2229/projeto_de_resolucao_534_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2025/2230/projeto_de_resolucao_535_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2275/projeto_de_resolucao_536_2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2276/projeto_de_resolucao_537_2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2277/projeto_de_resolucao_538_2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2278/projeto_de_resolucao_539_2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2279/projeto_de_resolucao_540_2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2280/projeto_de_resolucao_541_2026_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2281/projeto_de_resolucao_542_2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2282/projeto_de_resolucao_543_2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2283/projeto_de_resolucao_544_2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2284/projeto_de_resolucao_545_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2318/projeto_de_resolucao_546_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2319/projeto_de_resolucao_547_2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2320/projeto_de_resolucao_548_2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2321/projeto_de_resolucao_549_2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2322/projeto_de_resolucao_550_2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2323/projeto_de_resolucao_551_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2324/projeto_de_resolucao_552_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2325/projeto_de_resolucao_553_2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2326/projeto_de_resolucao_554_2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2285/mocao_de_aplausos_123_2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2286/mocao_de_aplausos_124_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2317/mocao_de_aplausos_125_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2327/mocao_de_aplausos_127_2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2328/mocao_de_aplausos_128_2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2329/mocao_de_aplausos_129_2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2330/mocao_de_aplausos_130_2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2331/mocao_de_aplausos_131_2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2332/mocao_de_aplausos_132_2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2333/mocao_de_aplausos_133_2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2246/indicacao_001_2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2248/indicacao_003_2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2249/indicacao_005_2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2250/indicacao_006_2026.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2251/indicacao_07_2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2252/indicacao_008_2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2254/indicacao_10_2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2258/indicacao_011_2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2255/indicacao_12_2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2257/indicacao_014_2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2259/indicacao_016_2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2260/indicacao_017_2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2261/indicacao_018_2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2262/indicacao_020_2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2263/indicacao_021_2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2288/indicacao_23_2026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2289/indicacao_24_2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2264/indicacao_025_2026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2265/indicacao_026_2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2267/indicacao_028_2026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2290/indicacao_29_2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2291/indicacao_30_2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2292/indicacao_31_2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2293/indicacao_032_2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2294/indicacao_33_2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2295/indicacao_34_2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2296/indicacao_035_2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2297/indicacao_36_2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2298/indicacao_37_2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2299/indicacao_38_2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2301/indicacao_040_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2302/indicacao_041_2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2303/indicacao_042_2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2304/indicacao_043_2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2305/indicacao_n45_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2306/indicacao_n46_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2307/indicacao_n47_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2308/indicacao_n48_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2309/indicacao_n49_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2310/indicacao_n51_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2311/indicacao_052_2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2312/indicacao_053_2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2313/indicacao_054_2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2314/indicacao_055_2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2315/indicacao_056_2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2316/indicacao_057_2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoparaiso.mg.leg.br/media/sapl/public/materialegislativa/2026/2243/emenda_aditiva_01.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="20.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="61.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -831,98 +1941,2552 @@
       </c>
       <c r="G10" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>49</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
+      <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>56</v>
       </c>
-      <c r="F12" t="s">
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
         <v>57</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="H12" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>59</v>
+      </c>
+      <c r="H13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>79</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>88</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>93</v>
+      </c>
+      <c r="E21" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" t="s">
+        <v>79</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>93</v>
+      </c>
+      <c r="E22" t="s">
+        <v>94</v>
+      </c>
+      <c r="F22" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" t="s">
+        <v>93</v>
+      </c>
+      <c r="E23" t="s">
+        <v>94</v>
+      </c>
+      <c r="F23" t="s">
+        <v>103</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H23" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" t="s">
+        <v>93</v>
+      </c>
+      <c r="E24" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" t="s">
+        <v>93</v>
+      </c>
+      <c r="E25" t="s">
+        <v>94</v>
+      </c>
+      <c r="F25" t="s">
+        <v>79</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" t="s">
+        <v>94</v>
+      </c>
+      <c r="F26" t="s">
+        <v>116</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H26" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" t="s">
+        <v>93</v>
+      </c>
+      <c r="E27" t="s">
+        <v>94</v>
+      </c>
+      <c r="F27" t="s">
+        <v>116</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H27" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" t="s">
+        <v>93</v>
+      </c>
+      <c r="E28" t="s">
+        <v>94</v>
+      </c>
+      <c r="F28" t="s">
+        <v>124</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" t="s">
+        <v>94</v>
+      </c>
+      <c r="F29" t="s">
+        <v>103</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H29" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" t="s">
+        <v>93</v>
+      </c>
+      <c r="E30" t="s">
+        <v>94</v>
+      </c>
+      <c r="F30" t="s">
+        <v>116</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H30" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>135</v>
+      </c>
+      <c r="D31" t="s">
+        <v>93</v>
+      </c>
+      <c r="E31" t="s">
+        <v>94</v>
+      </c>
+      <c r="F31" t="s">
+        <v>103</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H31" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>138</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" t="s">
+        <v>93</v>
+      </c>
+      <c r="E32" t="s">
+        <v>94</v>
+      </c>
+      <c r="F32" t="s">
+        <v>103</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H32" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" t="s">
+        <v>93</v>
+      </c>
+      <c r="E33" t="s">
+        <v>94</v>
+      </c>
+      <c r="F33" t="s">
+        <v>116</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H33" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" t="s">
+        <v>93</v>
+      </c>
+      <c r="E34" t="s">
+        <v>94</v>
+      </c>
+      <c r="F34" t="s">
+        <v>108</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H34" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" t="s">
+        <v>93</v>
+      </c>
+      <c r="E35" t="s">
+        <v>94</v>
+      </c>
+      <c r="F35" t="s">
+        <v>108</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" t="s">
+        <v>93</v>
+      </c>
+      <c r="E36" t="s">
+        <v>94</v>
+      </c>
+      <c r="F36" t="s">
+        <v>108</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H36" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" t="s">
+        <v>93</v>
+      </c>
+      <c r="E37" t="s">
+        <v>94</v>
+      </c>
+      <c r="F37" t="s">
+        <v>158</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H37" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" t="s">
+        <v>93</v>
+      </c>
+      <c r="E38" t="s">
+        <v>94</v>
+      </c>
+      <c r="F38" t="s">
+        <v>158</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H38" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" t="s">
+        <v>93</v>
+      </c>
+      <c r="E39" t="s">
+        <v>94</v>
+      </c>
+      <c r="F39" t="s">
+        <v>103</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H39" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>168</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>169</v>
+      </c>
+      <c r="D40" t="s">
+        <v>93</v>
+      </c>
+      <c r="E40" t="s">
+        <v>94</v>
+      </c>
+      <c r="F40" t="s">
+        <v>158</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H40" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>172</v>
+      </c>
+      <c r="D41" t="s">
+        <v>93</v>
+      </c>
+      <c r="E41" t="s">
+        <v>94</v>
+      </c>
+      <c r="F41" t="s">
+        <v>173</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H41" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>177</v>
+      </c>
+      <c r="D42" t="s">
+        <v>178</v>
+      </c>
+      <c r="E42" t="s">
+        <v>179</v>
+      </c>
+      <c r="F42" t="s">
+        <v>103</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H42" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>182</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>183</v>
+      </c>
+      <c r="D43" t="s">
+        <v>178</v>
+      </c>
+      <c r="E43" t="s">
+        <v>179</v>
+      </c>
+      <c r="F43" t="s">
+        <v>116</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H43" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>186</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>187</v>
+      </c>
+      <c r="D44" t="s">
+        <v>178</v>
+      </c>
+      <c r="E44" t="s">
+        <v>179</v>
+      </c>
+      <c r="F44" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H44" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>191</v>
+      </c>
+      <c r="D45" t="s">
+        <v>178</v>
+      </c>
+      <c r="E45" t="s">
+        <v>179</v>
+      </c>
+      <c r="F45" t="s">
+        <v>158</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H45" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>195</v>
+      </c>
+      <c r="D46" t="s">
+        <v>178</v>
+      </c>
+      <c r="E46" t="s">
+        <v>179</v>
+      </c>
+      <c r="F46" t="s">
+        <v>108</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H46" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>198</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>199</v>
+      </c>
+      <c r="D47" t="s">
+        <v>178</v>
+      </c>
+      <c r="E47" t="s">
+        <v>179</v>
+      </c>
+      <c r="F47" t="s">
+        <v>200</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H47" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>203</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" t="s">
+        <v>178</v>
+      </c>
+      <c r="E48" t="s">
+        <v>179</v>
+      </c>
+      <c r="F48" t="s">
+        <v>124</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H48" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" t="s">
+        <v>178</v>
+      </c>
+      <c r="E49" t="s">
+        <v>179</v>
+      </c>
+      <c r="F49" t="s">
+        <v>124</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H49" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>211</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" t="s">
+        <v>178</v>
+      </c>
+      <c r="E50" t="s">
+        <v>179</v>
+      </c>
+      <c r="F50" t="s">
+        <v>54</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H50" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>215</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" t="s">
+        <v>178</v>
+      </c>
+      <c r="E51" t="s">
+        <v>179</v>
+      </c>
+      <c r="F51" t="s">
+        <v>103</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>219</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" t="s">
+        <v>221</v>
+      </c>
+      <c r="E52" t="s">
+        <v>222</v>
+      </c>
+      <c r="F52" t="s">
+        <v>108</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H52" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>225</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>226</v>
+      </c>
+      <c r="D53" t="s">
+        <v>221</v>
+      </c>
+      <c r="E53" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" t="s">
+        <v>108</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H53" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>229</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>230</v>
+      </c>
+      <c r="D54" t="s">
+        <v>221</v>
+      </c>
+      <c r="E54" t="s">
+        <v>222</v>
+      </c>
+      <c r="F54" t="s">
+        <v>108</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H54" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>233</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>234</v>
+      </c>
+      <c r="D55" t="s">
+        <v>221</v>
+      </c>
+      <c r="E55" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" t="s">
+        <v>200</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H55" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>237</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>238</v>
+      </c>
+      <c r="D56" t="s">
+        <v>221</v>
+      </c>
+      <c r="E56" t="s">
+        <v>222</v>
+      </c>
+      <c r="F56" t="s">
+        <v>108</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H56" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>241</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>242</v>
+      </c>
+      <c r="D57" t="s">
+        <v>221</v>
+      </c>
+      <c r="E57" t="s">
+        <v>222</v>
+      </c>
+      <c r="F57" t="s">
+        <v>108</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H57" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>245</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>246</v>
+      </c>
+      <c r="D58" t="s">
+        <v>221</v>
+      </c>
+      <c r="E58" t="s">
+        <v>222</v>
+      </c>
+      <c r="F58" t="s">
+        <v>108</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H58" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>249</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>250</v>
+      </c>
+      <c r="D59" t="s">
+        <v>221</v>
+      </c>
+      <c r="E59" t="s">
+        <v>222</v>
+      </c>
+      <c r="F59" t="s">
+        <v>108</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H59" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>252</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>253</v>
+      </c>
+      <c r="D60" t="s">
+        <v>221</v>
+      </c>
+      <c r="E60" t="s">
+        <v>222</v>
+      </c>
+      <c r="F60" t="s">
+        <v>108</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H60" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>256</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>257</v>
+      </c>
+      <c r="D61" t="s">
+        <v>221</v>
+      </c>
+      <c r="E61" t="s">
+        <v>222</v>
+      </c>
+      <c r="F61" t="s">
+        <v>258</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H61" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>261</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>262</v>
+      </c>
+      <c r="D62" t="s">
+        <v>221</v>
+      </c>
+      <c r="E62" t="s">
+        <v>222</v>
+      </c>
+      <c r="F62" t="s">
+        <v>200</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H62" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>265</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>266</v>
+      </c>
+      <c r="D63" t="s">
+        <v>221</v>
+      </c>
+      <c r="E63" t="s">
+        <v>222</v>
+      </c>
+      <c r="F63" t="s">
+        <v>200</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H63" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>268</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>269</v>
+      </c>
+      <c r="D64" t="s">
+        <v>221</v>
+      </c>
+      <c r="E64" t="s">
+        <v>222</v>
+      </c>
+      <c r="F64" t="s">
+        <v>200</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H64" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>272</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>273</v>
+      </c>
+      <c r="D65" t="s">
+        <v>221</v>
+      </c>
+      <c r="E65" t="s">
+        <v>222</v>
+      </c>
+      <c r="F65" t="s">
+        <v>258</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H65" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>276</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>277</v>
+      </c>
+      <c r="D66" t="s">
+        <v>221</v>
+      </c>
+      <c r="E66" t="s">
+        <v>222</v>
+      </c>
+      <c r="F66" t="s">
+        <v>258</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H66" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>280</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>281</v>
+      </c>
+      <c r="D67" t="s">
+        <v>221</v>
+      </c>
+      <c r="E67" t="s">
+        <v>222</v>
+      </c>
+      <c r="F67" t="s">
+        <v>258</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H67" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>284</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>285</v>
+      </c>
+      <c r="D68" t="s">
+        <v>221</v>
+      </c>
+      <c r="E68" t="s">
+        <v>222</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H68" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>288</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>289</v>
+      </c>
+      <c r="D69" t="s">
+        <v>221</v>
+      </c>
+      <c r="E69" t="s">
+        <v>222</v>
+      </c>
+      <c r="F69" t="s">
+        <v>108</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H69" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>292</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>293</v>
+      </c>
+      <c r="D70" t="s">
+        <v>221</v>
+      </c>
+      <c r="E70" t="s">
+        <v>222</v>
+      </c>
+      <c r="F70" t="s">
+        <v>258</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H70" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>296</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>297</v>
+      </c>
+      <c r="D71" t="s">
+        <v>221</v>
+      </c>
+      <c r="E71" t="s">
+        <v>222</v>
+      </c>
+      <c r="F71" t="s">
+        <v>258</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H71" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>300</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>301</v>
+      </c>
+      <c r="D72" t="s">
+        <v>221</v>
+      </c>
+      <c r="E72" t="s">
+        <v>222</v>
+      </c>
+      <c r="F72" t="s">
+        <v>302</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H72" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>305</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" t="s">
+        <v>221</v>
+      </c>
+      <c r="E73" t="s">
+        <v>222</v>
+      </c>
+      <c r="F73" t="s">
+        <v>302</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H73" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>309</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>310</v>
+      </c>
+      <c r="D74" t="s">
+        <v>221</v>
+      </c>
+      <c r="E74" t="s">
+        <v>222</v>
+      </c>
+      <c r="F74" t="s">
+        <v>302</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H74" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>312</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>313</v>
+      </c>
+      <c r="D75" t="s">
+        <v>221</v>
+      </c>
+      <c r="E75" t="s">
+        <v>222</v>
+      </c>
+      <c r="F75" t="s">
+        <v>302</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H75" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>316</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>317</v>
+      </c>
+      <c r="D76" t="s">
+        <v>221</v>
+      </c>
+      <c r="E76" t="s">
+        <v>222</v>
+      </c>
+      <c r="F76" t="s">
+        <v>108</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H76" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>320</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>321</v>
+      </c>
+      <c r="D77" t="s">
+        <v>221</v>
+      </c>
+      <c r="E77" t="s">
+        <v>222</v>
+      </c>
+      <c r="F77" t="s">
+        <v>108</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H77" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>324</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>325</v>
+      </c>
+      <c r="D78" t="s">
+        <v>221</v>
+      </c>
+      <c r="E78" t="s">
+        <v>222</v>
+      </c>
+      <c r="F78" t="s">
+        <v>108</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H78" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>328</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>329</v>
+      </c>
+      <c r="D79" t="s">
+        <v>221</v>
+      </c>
+      <c r="E79" t="s">
+        <v>222</v>
+      </c>
+      <c r="F79" t="s">
+        <v>108</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H79" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>332</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>333</v>
+      </c>
+      <c r="D80" t="s">
+        <v>221</v>
+      </c>
+      <c r="E80" t="s">
+        <v>222</v>
+      </c>
+      <c r="F80" t="s">
+        <v>108</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H80" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>336</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>337</v>
+      </c>
+      <c r="D81" t="s">
+        <v>221</v>
+      </c>
+      <c r="E81" t="s">
+        <v>222</v>
+      </c>
+      <c r="F81" t="s">
+        <v>108</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H81" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>340</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>341</v>
+      </c>
+      <c r="D82" t="s">
+        <v>221</v>
+      </c>
+      <c r="E82" t="s">
+        <v>222</v>
+      </c>
+      <c r="F82" t="s">
+        <v>124</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H82" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>344</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>345</v>
+      </c>
+      <c r="D83" t="s">
+        <v>221</v>
+      </c>
+      <c r="E83" t="s">
+        <v>222</v>
+      </c>
+      <c r="F83" t="s">
+        <v>108</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H83" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>348</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>349</v>
+      </c>
+      <c r="D84" t="s">
+        <v>221</v>
+      </c>
+      <c r="E84" t="s">
+        <v>222</v>
+      </c>
+      <c r="F84" t="s">
+        <v>108</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H84" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>352</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>353</v>
+      </c>
+      <c r="D85" t="s">
+        <v>221</v>
+      </c>
+      <c r="E85" t="s">
+        <v>222</v>
+      </c>
+      <c r="F85" t="s">
+        <v>108</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H85" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>356</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>357</v>
+      </c>
+      <c r="D86" t="s">
+        <v>221</v>
+      </c>
+      <c r="E86" t="s">
+        <v>222</v>
+      </c>
+      <c r="F86" t="s">
+        <v>108</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H86" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>359</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>360</v>
+      </c>
+      <c r="D87" t="s">
+        <v>221</v>
+      </c>
+      <c r="E87" t="s">
+        <v>222</v>
+      </c>
+      <c r="F87" t="s">
+        <v>108</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H87" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>363</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>364</v>
+      </c>
+      <c r="D88" t="s">
+        <v>221</v>
+      </c>
+      <c r="E88" t="s">
+        <v>222</v>
+      </c>
+      <c r="F88" t="s">
+        <v>258</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H88" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>367</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>368</v>
+      </c>
+      <c r="D89" t="s">
+        <v>221</v>
+      </c>
+      <c r="E89" t="s">
+        <v>222</v>
+      </c>
+      <c r="F89" t="s">
+        <v>124</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H89" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>371</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>372</v>
+      </c>
+      <c r="D90" t="s">
+        <v>221</v>
+      </c>
+      <c r="E90" t="s">
+        <v>222</v>
+      </c>
+      <c r="F90" t="s">
+        <v>124</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H90" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>375</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>376</v>
+      </c>
+      <c r="D91" t="s">
+        <v>221</v>
+      </c>
+      <c r="E91" t="s">
+        <v>222</v>
+      </c>
+      <c r="F91" t="s">
+        <v>108</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H91" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>379</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>380</v>
+      </c>
+      <c r="D92" t="s">
+        <v>221</v>
+      </c>
+      <c r="E92" t="s">
+        <v>222</v>
+      </c>
+      <c r="F92" t="s">
+        <v>108</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H92" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>383</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>384</v>
+      </c>
+      <c r="D93" t="s">
+        <v>221</v>
+      </c>
+      <c r="E93" t="s">
+        <v>222</v>
+      </c>
+      <c r="F93" t="s">
+        <v>108</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H93" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>387</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>388</v>
+      </c>
+      <c r="D94" t="s">
+        <v>221</v>
+      </c>
+      <c r="E94" t="s">
+        <v>222</v>
+      </c>
+      <c r="F94" t="s">
+        <v>108</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H94" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>391</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>392</v>
+      </c>
+      <c r="D95" t="s">
+        <v>221</v>
+      </c>
+      <c r="E95" t="s">
+        <v>222</v>
+      </c>
+      <c r="F95" t="s">
+        <v>108</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H95" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>395</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>396</v>
+      </c>
+      <c r="D96" t="s">
+        <v>221</v>
+      </c>
+      <c r="E96" t="s">
+        <v>222</v>
+      </c>
+      <c r="F96" t="s">
+        <v>108</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H96" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>399</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>400</v>
+      </c>
+      <c r="D97" t="s">
+        <v>221</v>
+      </c>
+      <c r="E97" t="s">
+        <v>222</v>
+      </c>
+      <c r="F97" t="s">
+        <v>302</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H97" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>403</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>404</v>
+      </c>
+      <c r="D98" t="s">
+        <v>221</v>
+      </c>
+      <c r="E98" t="s">
+        <v>222</v>
+      </c>
+      <c r="F98" t="s">
+        <v>302</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H98" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>407</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>408</v>
+      </c>
+      <c r="D99" t="s">
+        <v>221</v>
+      </c>
+      <c r="E99" t="s">
+        <v>222</v>
+      </c>
+      <c r="F99" t="s">
+        <v>302</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H99" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>411</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>412</v>
+      </c>
+      <c r="D100" t="s">
+        <v>221</v>
+      </c>
+      <c r="E100" t="s">
+        <v>222</v>
+      </c>
+      <c r="F100" t="s">
+        <v>124</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H100" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>415</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>416</v>
+      </c>
+      <c r="D101" t="s">
+        <v>221</v>
+      </c>
+      <c r="E101" t="s">
+        <v>222</v>
+      </c>
+      <c r="F101" t="s">
+        <v>302</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H101" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>419</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>420</v>
+      </c>
+      <c r="D102" t="s">
+        <v>221</v>
+      </c>
+      <c r="E102" t="s">
+        <v>222</v>
+      </c>
+      <c r="F102" t="s">
+        <v>421</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H102" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>424</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>220</v>
+      </c>
+      <c r="D103" t="s">
+        <v>425</v>
+      </c>
+      <c r="E103" t="s">
+        <v>426</v>
+      </c>
+      <c r="F103" t="s">
+        <v>427</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="H103" t="s">
+        <v>429</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>